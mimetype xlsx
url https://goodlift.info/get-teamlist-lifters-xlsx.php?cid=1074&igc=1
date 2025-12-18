--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>Generated 24 Oct 2025, 12:24 UTC by goodlift.info</t>
+    <t>Generated 18 Dec 2025, 03:33 UTC by goodlift.info</t>
   </si>
   <si>
     <t>INTERNATIONAL POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>World Open Equipped Championships 2025</t>
   </si>
   <si>
     <t>Cluj-Napoca/Romania, 10 - 16 November, 2025</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -618,95 +618,95 @@
         <v>6</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>1.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>2.0</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>3.0</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>4.0</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>5.0</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="5">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>6.0</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>7.0</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>8.0</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:11">
@@ -783,117 +783,117 @@
         <v>22</v>
       </c>
       <c r="C22" s="5">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>16.0</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>17.0</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>18.0</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>19.0</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>20.0</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>21.0</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>22.0</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>23.0</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="5">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>24.0</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>25.0</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:11">
@@ -987,51 +987,51 @@
     <row r="41" spans="1:11">
       <c r="A41">
         <v>34.0</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>35.0</v>
       </c>
       <c r="B42" t="s">
         <v>42</v>
       </c>
       <c r="C42" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="C43" s="6">
         <f>SUM(C8:C42)</f>
-        <v>221</v>
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 