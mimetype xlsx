--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
-[...1 lines deleted...]
-    <t>Generated 24 Oct 2025, 12:24 UTC by goodlift.info</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+  <si>
+    <t>Generated 18 Dec 2025, 03:33 UTC by goodlift.info</t>
   </si>
   <si>
     <t>INTERNATIONAL POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>2025 World Open Men's Equipped Championships</t>
   </si>
   <si>
     <t>Cluj-Napoca/Romania, 10 - 16 November, 2025</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -81,53 +81,50 @@
     <t>Canada</t>
   </si>
   <si>
     <t>Chinese Taipei</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
-  </si>
-[...1 lines deleted...]
-    <t>France</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
@@ -536,54 +533,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K41"/>
+  <dimension ref="A1:K40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C41" sqref="C41"/>
+      <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="8" customWidth="true" style="0"/>
     <col min="11" max="11" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -656,51 +653,51 @@
         <v>11</v>
       </c>
       <c r="C11" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>5.0</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>6.0</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>7.0</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>8.0</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:11">
@@ -766,244 +763,233 @@
         <v>21</v>
       </c>
       <c r="C21" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>15.0</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>16.0</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>17.0</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="5">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>18.0</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>19.0</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>20.0</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="5">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>21.0</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="5">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>22.0</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>23.0</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>24.0</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>25.0</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>26.0</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>27.0</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>28.0</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="5">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>29.0</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>30.0</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>31.0</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="5">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>32.0</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:11">
-      <c r="A40">
-[...12 lines deleted...]
-        <v>106</v>
+      <c r="C40" s="6">
+        <f>SUM(C8:C39)</f>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 