--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="nominations" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
-[...1 lines deleted...]
-    <t>Generated 24 Oct 2025, 12:15 UTC by goodlift.info</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+  <si>
+    <t>Generated 18 Dec 2025, 03:32 UTC by goodlift.info</t>
   </si>
   <si>
     <t>INTERNATIONAL POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>2025 World Open Men's Equipped Championships</t>
   </si>
   <si>
     <t>Cluj-Napoca/Romania, 10 - 16 November, 2025</t>
   </si>
   <si>
     <t>Nomination List</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>D.O.B.</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>SQ</t>
   </si>
@@ -98,342 +98,333 @@
   <si>
     <t xml:space="preserve">Ecuador </t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>Erdenebold Nanzaddorj</t>
   </si>
   <si>
     <t xml:space="preserve">Mongolia </t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>Ramirez Regie</t>
   </si>
   <si>
     <t xml:space="preserve">Philippines </t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
-    <t>Gomez Izquierdo Jesus</t>
+    <t>Gomez Izquierdo Jesus David</t>
   </si>
   <si>
     <t xml:space="preserve">Colombia </t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>Sahu Gaurav</t>
   </si>
   <si>
     <t xml:space="preserve">India </t>
   </si>
   <si>
     <t>7.</t>
   </si>
   <si>
     <t>Moise Cristian</t>
   </si>
   <si>
     <t xml:space="preserve">Romania </t>
   </si>
   <si>
     <t>-66kg</t>
   </si>
   <si>
     <t>Satake Yusuke</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t>El Belghiti Hassan</t>
-[...4 lines deleted...]
-  <si>
     <t>Savolainen Antti</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
     <t>Hsieh Tsung-Ting</t>
   </si>
   <si>
     <t>Pho Clifton</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
   <si>
     <t>Grotkowski Mariusz</t>
   </si>
   <si>
     <t xml:space="preserve">Poland </t>
   </si>
   <si>
     <t>Blockmans Nick</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium </t>
   </si>
   <si>
+    <t>Moise Gheorghe</t>
+  </si>
+  <si>
     <t>8.</t>
   </si>
   <si>
-    <t>Moise Gheorghe</t>
+    <t>Iwasiow Kamil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U.S.America </t>
   </si>
   <si>
     <t>9.</t>
   </si>
   <si>
-    <t>Iwasiow Kamil</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">U.S.America </t>
+    <t>Caneo Stefano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italy </t>
   </si>
   <si>
     <t>10.</t>
   </si>
   <si>
-    <t>Caneo Stefano</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Italy </t>
+    <t>Batsukh Janlav</t>
+  </si>
+  <si>
+    <t>-74kg</t>
+  </si>
+  <si>
+    <t>Olech Jaroslaw</t>
+  </si>
+  <si>
+    <t>Maher Alexis</t>
+  </si>
+  <si>
+    <t>Ochoa Alex</t>
+  </si>
+  <si>
+    <t>Ionin Yakov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t>Ishikawa Hiroshi</t>
+  </si>
+  <si>
+    <t>Milani Diego</t>
+  </si>
+  <si>
+    <t>Sampil Munkhbat</t>
+  </si>
+  <si>
+    <t>Landry Nathan</t>
+  </si>
+  <si>
+    <t>Hamada Nobuyuki</t>
+  </si>
+  <si>
+    <t>Ostyn Gregory</t>
   </si>
   <si>
     <t>11.</t>
   </si>
   <si>
-    <t>Batsukh Janlav</t>
+    <t>Suresh P K Snehaj</t>
   </si>
   <si>
     <t>12.</t>
   </si>
   <si>
-    <t>Naoussi Ezelgbo Darling Williams</t>
+    <t>McGurk Bernard</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great Britain </t>
+  </si>
+  <si>
+    <t>-83kg</t>
+  </si>
+  <si>
+    <t>Barannik Mykola</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraine </t>
+  </si>
+  <si>
+    <t>Kolomiiets Vitalii</t>
+  </si>
+  <si>
+    <t>Chiang Kai-Chieh</t>
+  </si>
+  <si>
+    <t>Viiperi Matias</t>
+  </si>
+  <si>
+    <t>Engo Monsen Lars</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norway </t>
+  </si>
+  <si>
+    <t>Terunuma Naoki</t>
+  </si>
+  <si>
+    <t>Wu Wei-Chun</t>
+  </si>
+  <si>
+    <t>Zambrano Handy</t>
+  </si>
+  <si>
+    <t>Petrov Zdravko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulgaria </t>
+  </si>
+  <si>
+    <t>Lillo Lawson</t>
+  </si>
+  <si>
+    <t>Techap Fongang</t>
   </si>
   <si>
     <t xml:space="preserve">Cameroon </t>
   </si>
   <si>
-    <t>-74kg</t>
-[...88 lines deleted...]
-  <si>
     <t>Cypas Nojus</t>
   </si>
   <si>
     <t xml:space="preserve">Lithuania </t>
   </si>
   <si>
     <t>13.</t>
   </si>
   <si>
-    <t>Irimie Andrei</t>
+    <t>Irimie Andrei Nicolae</t>
   </si>
   <si>
     <t>14.</t>
   </si>
   <si>
     <t>Kigami Jochi</t>
   </si>
   <si>
     <t>15.</t>
   </si>
   <si>
     <t>Bagli Lucas</t>
   </si>
   <si>
     <t xml:space="preserve">Brazil </t>
   </si>
   <si>
     <t>-93kg</t>
   </si>
   <si>
     <t>Rysiyev Volodymyr</t>
   </si>
   <si>
     <t>Musiienko Kostiantyn</t>
   </si>
   <si>
     <t>Villon Moises</t>
   </si>
   <si>
     <t>Johnson Noah</t>
   </si>
   <si>
     <t>Brandecker Elias</t>
   </si>
   <si>
     <t xml:space="preserve">Austria </t>
   </si>
   <si>
     <t>Moen Ludvik</t>
   </si>
   <si>
     <t>Novak Peter</t>
   </si>
   <si>
     <t xml:space="preserve">Slovakia </t>
   </si>
   <si>
-    <t>Orrason Alex</t>
+    <t>Orrason Alex Cambray</t>
   </si>
   <si>
     <t xml:space="preserve">Iceland </t>
   </si>
   <si>
     <t>Kennedy Mathieu</t>
   </si>
   <si>
     <t>Hallett Mathew</t>
   </si>
   <si>
     <t>Ribeiro Alessandro</t>
   </si>
   <si>
     <t>Gardner Angus</t>
   </si>
   <si>
     <t>Porto Vinicius</t>
   </si>
   <si>
-    <t>Hideg Dan</t>
+    <t>Hideg Dan Andrei</t>
   </si>
   <si>
     <t>Silbaum Margus</t>
   </si>
   <si>
     <t xml:space="preserve">Estonia </t>
   </si>
   <si>
     <t>-105kg</t>
   </si>
   <si>
     <t>Bell Ian</t>
   </si>
   <si>
     <t>Bilyi Sergii</t>
   </si>
   <si>
-    <t>Skaar Knut</t>
+    <t>Skaar Knut Einar</t>
   </si>
   <si>
     <t>Dahlkvist Oliver</t>
   </si>
   <si>
     <t xml:space="preserve">Sweden </t>
   </si>
   <si>
     <t>Rubets Oleksandr</t>
   </si>
   <si>
     <t xml:space="preserve">Cyprus </t>
   </si>
   <si>
     <t>Johnson Jack</t>
   </si>
   <si>
     <t>Durastanti Valentino</t>
   </si>
   <si>
     <t>Sliz Kristian</t>
   </si>
   <si>
     <t>Horiguchi Yosuke</t>
   </si>
@@ -485,117 +476,108 @@
   <si>
     <t>Sip Ondrej</t>
   </si>
   <si>
     <t xml:space="preserve">Czechia </t>
   </si>
   <si>
     <t>Glueck Markus</t>
   </si>
   <si>
     <t>van Heesvelde Jeroen</t>
   </si>
   <si>
     <t>Cliffe Tony</t>
   </si>
   <si>
     <t>Maatta Tomi</t>
   </si>
   <si>
     <t>Lin Hong-Lin</t>
   </si>
   <si>
     <t>Barber Jack</t>
   </si>
   <si>
-    <t>P Chavan Sanket</t>
-[...1 lines deleted...]
-  <si>
     <t>Cazacu Alexandru</t>
   </si>
   <si>
-    <t>Naoussi Nembot Ano</t>
-[...1 lines deleted...]
-  <si>
     <t>120+kg</t>
   </si>
   <si>
     <t>Holinei Viktor</t>
   </si>
   <si>
     <t>Shevchenko Andrii</t>
   </si>
   <si>
     <t>Tien Chi-Sen</t>
   </si>
   <si>
     <t>McCollum Zen</t>
   </si>
   <si>
     <t>Taschner Moritz</t>
   </si>
   <si>
     <t xml:space="preserve">Germany </t>
   </si>
   <si>
     <t>Seefeld Christoph</t>
   </si>
   <si>
     <t>Wheat Carter</t>
   </si>
   <si>
     <t>Hassanin Ahmed</t>
   </si>
   <si>
     <t xml:space="preserve">Egypt </t>
   </si>
   <si>
     <t>Magnusson Gudfinnur</t>
   </si>
   <si>
     <t>Ibrahiem Zaid</t>
   </si>
   <si>
     <t>Wu Yi-Chiu</t>
   </si>
   <si>
-    <t>Lupas Ionut</t>
+    <t>Lupas Ionut Florin</t>
   </si>
   <si>
     <t>Helin Santeri</t>
   </si>
   <si>
     <t>Saquib Basha Shaik</t>
   </si>
   <si>
-    <t>Ngon Anong</t>
-[...5 lines deleted...]
-    <t>Number of athletes in Total: 106</t>
+    <t>Number of athletes in the Open division: 101</t>
+  </si>
+  <si>
+    <t>Number of athletes in Total: 101</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -937,54 +919,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J126"/>
+  <dimension ref="A1:J121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A126" sqref="A126"/>
+      <selection activeCell="A121" sqref="A121"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="4" customWidth="true" style="0"/>
     <col min="3" max="3" width="28" customWidth="true" style="0"/>
     <col min="4" max="4" width="7.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="9" customWidth="true" style="0"/>
     <col min="7" max="7" width="9" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
@@ -1264,2942 +1246,2797 @@
       </c>
       <c r="F18" s="7">
         <v>310.0</v>
       </c>
       <c r="G18" s="7">
         <v>217.5</v>
       </c>
       <c r="H18" s="7">
         <v>272.5</v>
       </c>
       <c r="I18" s="7">
         <v>800.0</v>
       </c>
       <c r="J18" s="7">
         <v>800.0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="E19" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="7">
-        <v>290.0</v>
+        <v>288.5</v>
       </c>
       <c r="G19" s="7">
-        <v>177.5</v>
+        <v>185.0</v>
       </c>
       <c r="H19" s="7">
-        <v>310.0</v>
+        <v>303.5</v>
       </c>
       <c r="I19" s="7">
-        <v>777.5</v>
+        <v>777.0</v>
       </c>
       <c r="J19" s="7">
-        <v>777.5</v>
+        <v>777.0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F20" s="7">
-        <v>288.5</v>
+        <v>285.0</v>
       </c>
       <c r="G20" s="7">
-        <v>185.0</v>
+        <v>210.0</v>
       </c>
       <c r="H20" s="7">
-        <v>303.5</v>
+        <v>280.0</v>
       </c>
       <c r="I20" s="7">
-        <v>777.0</v>
+        <v>775.0</v>
       </c>
       <c r="J20" s="7">
-        <v>777.0</v>
+        <v>775.0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21">
+        <v>1995</v>
+      </c>
+      <c r="E21" t="s">
         <v>43</v>
       </c>
-      <c r="D21">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="7">
-        <v>285.0</v>
+        <v>275.0</v>
       </c>
       <c r="G21" s="7">
-        <v>210.0</v>
+        <v>160.0</v>
       </c>
       <c r="H21" s="7">
-        <v>280.0</v>
+        <v>315.5</v>
       </c>
       <c r="I21" s="7">
-        <v>775.0</v>
+        <v>750.5</v>
       </c>
       <c r="J21" s="7">
-        <v>775.0</v>
+        <v>750.5</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C22" t="s">
         <v>44</v>
       </c>
       <c r="D22">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="7">
-        <v>275.0</v>
+        <v>280.0</v>
       </c>
       <c r="G22" s="7">
-        <v>160.0</v>
+        <v>215.0</v>
       </c>
       <c r="H22" s="7">
-        <v>315.5</v>
+        <v>250.0</v>
       </c>
       <c r="I22" s="7">
-        <v>750.5</v>
+        <v>745.0</v>
       </c>
       <c r="J22" s="7">
-        <v>750.5</v>
+        <v>745.0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="B23" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
       <c r="D23">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="7">
-        <v>280.0</v>
+        <v>265.0</v>
       </c>
       <c r="G23" s="7">
-        <v>215.0</v>
+        <v>155.0</v>
       </c>
       <c r="H23" s="7">
         <v>250.0</v>
       </c>
       <c r="I23" s="7">
-        <v>745.0</v>
+        <v>670.0</v>
       </c>
       <c r="J23" s="7">
-        <v>745.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C24" t="s">
         <v>48</v>
       </c>
       <c r="D24">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E24" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="F24" s="7">
         <v>265.0</v>
       </c>
       <c r="G24" s="7">
-        <v>155.0</v>
+        <v>167.5</v>
       </c>
       <c r="H24" s="7">
-        <v>250.0</v>
+        <v>217.5</v>
       </c>
       <c r="I24" s="7">
-        <v>670.0</v>
+        <v>650.0</v>
       </c>
       <c r="J24" s="7">
-        <v>670.0</v>
+        <v>650.0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C25" t="s">
         <v>50</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25">
+        <v>1984</v>
+      </c>
+      <c r="E25" t="s">
         <v>51</v>
       </c>
-      <c r="D25">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="7">
-        <v>265.0</v>
+        <v>227.5</v>
       </c>
       <c r="G25" s="7">
-        <v>167.5</v>
+        <v>185.0</v>
       </c>
       <c r="H25" s="7">
-        <v>217.5</v>
+        <v>230.0</v>
       </c>
       <c r="I25" s="7">
-        <v>650.0</v>
+        <v>642.5</v>
       </c>
       <c r="J25" s="7">
-        <v>650.0</v>
+        <v>642.5</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="B26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" s="7">
-        <v>227.5</v>
+        <v>235.0</v>
       </c>
       <c r="G26" s="7">
-        <v>185.0</v>
+        <v>147.5</v>
       </c>
       <c r="H26" s="7">
-        <v>230.0</v>
+        <v>252.5</v>
       </c>
       <c r="I26" s="7">
-        <v>642.5</v>
+        <v>635.0</v>
       </c>
       <c r="J26" s="7">
-        <v>642.5</v>
+        <v>635.0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="B27" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="E27" t="s">
+        <v>23</v>
+      </c>
+      <c r="F27" s="7">
+        <v>240.0</v>
+      </c>
+      <c r="G27" s="7">
+        <v>185.0</v>
+      </c>
+      <c r="H27" s="7">
+        <v>200.0</v>
+      </c>
+      <c r="I27" s="7">
+        <v>625.0</v>
+      </c>
+      <c r="J27" s="7">
+        <v>625.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="B28" s="6" t="s">
         <v>57</v>
-      </c>
-[...42 lines deleted...]
-        <v>625.0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="1" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D29">
-        <v>2005</v>
+        <v>1974</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="F29" s="7">
-        <v>190.0</v>
+        <v>355.0</v>
       </c>
       <c r="G29" s="7">
-        <v>120.0</v>
+        <v>197.5</v>
       </c>
       <c r="H29" s="7">
-        <v>200.0</v>
+        <v>307.5</v>
       </c>
       <c r="I29" s="7">
-        <v>510.0</v>
+        <v>860.0</v>
       </c>
       <c r="J29" s="7">
-        <v>510.0</v>
+        <v>860.0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
-      <c r="B30" s="6" t="s">
-        <v>63</v>
+      <c r="B30" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C30" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30">
+        <v>1995</v>
+      </c>
+      <c r="E30" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" s="7">
+        <v>315.0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>182.5</v>
+      </c>
+      <c r="H30" s="7">
+        <v>357.5</v>
+      </c>
+      <c r="I30" s="7">
+        <v>855.0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>855.0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D31">
-        <v>1974</v>
+        <v>1990</v>
       </c>
       <c r="E31" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F31" s="7">
-        <v>355.0</v>
+        <v>330.0</v>
       </c>
       <c r="G31" s="7">
-        <v>197.5</v>
+        <v>232.5</v>
       </c>
       <c r="H31" s="7">
-        <v>307.5</v>
+        <v>285.0</v>
       </c>
       <c r="I31" s="7">
-        <v>860.0</v>
+        <v>847.5</v>
       </c>
       <c r="J31" s="7">
-        <v>860.0</v>
+        <v>847.5</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D32">
-        <v>1995</v>
+        <v>1986</v>
       </c>
       <c r="E32" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="F32" s="7">
-        <v>315.0</v>
+        <v>320.0</v>
       </c>
       <c r="G32" s="7">
-        <v>182.5</v>
+        <v>220.0</v>
       </c>
       <c r="H32" s="7">
-        <v>357.5</v>
+        <v>320.0</v>
       </c>
       <c r="I32" s="7">
-        <v>855.0</v>
+        <v>860.0</v>
       </c>
       <c r="J32" s="7">
-        <v>855.0</v>
+        <v>815.0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D33">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="F33" s="7">
-        <v>330.0</v>
+        <v>275.0</v>
       </c>
       <c r="G33" s="7">
-        <v>232.5</v>
+        <v>270.0</v>
       </c>
       <c r="H33" s="7">
-        <v>285.0</v>
+        <v>250.0</v>
       </c>
       <c r="I33" s="7">
-        <v>847.5</v>
+        <v>795.0</v>
       </c>
       <c r="J33" s="7">
-        <v>847.5</v>
+        <v>795.0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C34" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D34">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="E34" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="F34" s="7">
-        <v>320.0</v>
+        <v>275.0</v>
       </c>
       <c r="G34" s="7">
-        <v>220.0</v>
+        <v>192.5</v>
       </c>
       <c r="H34" s="7">
-        <v>320.0</v>
+        <v>307.5</v>
       </c>
       <c r="I34" s="7">
-        <v>860.0</v>
+        <v>775.0</v>
       </c>
       <c r="J34" s="7">
-        <v>815.0</v>
+        <v>775.0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D35">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F35" s="7">
-        <v>275.0</v>
+        <v>295.0</v>
       </c>
       <c r="G35" s="7">
-        <v>270.0</v>
+        <v>180.0</v>
       </c>
       <c r="H35" s="7">
-        <v>250.0</v>
+        <v>295.0</v>
       </c>
       <c r="I35" s="7">
-        <v>795.0</v>
+        <v>770.0</v>
       </c>
       <c r="J35" s="7">
-        <v>795.0</v>
+        <v>770.0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="B36" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C36" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D36">
-        <v>1996</v>
+        <v>1987</v>
       </c>
       <c r="E36" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="F36" s="7">
-        <v>275.0</v>
+        <v>285.0</v>
       </c>
       <c r="G36" s="7">
-        <v>192.5</v>
+        <v>207.5</v>
       </c>
       <c r="H36" s="7">
-        <v>307.5</v>
+        <v>277.5</v>
       </c>
       <c r="I36" s="7">
-        <v>775.0</v>
+        <v>770.0</v>
       </c>
       <c r="J36" s="7">
-        <v>775.0</v>
+        <v>770.0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D37">
-        <v>1989</v>
+        <v>1969</v>
       </c>
       <c r="E37" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F37" s="7">
-        <v>295.0</v>
+        <v>300.0</v>
       </c>
       <c r="G37" s="7">
-        <v>180.0</v>
+        <v>210.0</v>
       </c>
       <c r="H37" s="7">
-        <v>295.0</v>
+        <v>260.0</v>
       </c>
       <c r="I37" s="7">
         <v>770.0</v>
       </c>
       <c r="J37" s="7">
         <v>770.0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C38" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D38">
-        <v>1987</v>
+        <v>2001</v>
       </c>
       <c r="E38" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F38" s="7">
-        <v>285.0</v>
+        <v>260.0</v>
       </c>
       <c r="G38" s="7">
         <v>207.5</v>
       </c>
       <c r="H38" s="7">
-        <v>277.5</v>
+        <v>297.5</v>
       </c>
       <c r="I38" s="7">
-        <v>770.0</v>
+        <v>765.0</v>
       </c>
       <c r="J38" s="7">
-        <v>770.0</v>
+        <v>745.0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="B39" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C39" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D39">
-        <v>1969</v>
+        <v>2002</v>
       </c>
       <c r="E39" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F39" s="7">
-        <v>300.0</v>
+        <v>262.5</v>
       </c>
       <c r="G39" s="7">
-        <v>210.0</v>
+        <v>162.5</v>
       </c>
       <c r="H39" s="7">
-        <v>260.0</v>
+        <v>245.0</v>
       </c>
       <c r="I39" s="7">
-        <v>770.0</v>
+        <v>670.0</v>
       </c>
       <c r="J39" s="7">
-        <v>770.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C40" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40">
+        <v>1968</v>
+      </c>
+      <c r="E40" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" s="7">
+        <v>255.0</v>
+      </c>
+      <c r="G40" s="7">
+        <v>140.0</v>
+      </c>
+      <c r="H40" s="7">
+        <v>270.0</v>
+      </c>
+      <c r="I40" s="7">
+        <v>665.0</v>
+      </c>
+      <c r="J40" s="7">
+        <v>665.0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="B41" s="6" t="s">
         <v>74</v>
-      </c>
-[...48 lines deleted...]
-        <v>670.0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="B42" s="1" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C42" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42">
+        <v>1989</v>
+      </c>
+      <c r="E42" t="s">
         <v>76</v>
       </c>
-      <c r="D42">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" s="7">
+        <v>362.5</v>
+      </c>
+      <c r="G42" s="7">
+        <v>265.0</v>
+      </c>
+      <c r="H42" s="7">
+        <v>305.0</v>
+      </c>
+      <c r="I42" s="7">
+        <v>932.5</v>
+      </c>
+      <c r="J42" s="7">
+        <v>932.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="B43" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C43" t="s">
         <v>77</v>
       </c>
-      <c r="F42" s="7">
+      <c r="D43">
+        <v>1992</v>
+      </c>
+      <c r="E43" t="s">
+        <v>76</v>
+      </c>
+      <c r="F43" s="7">
+        <v>360.0</v>
+      </c>
+      <c r="G43" s="7">
         <v>255.0</v>
       </c>
-      <c r="G42" s="7">
-[...14 lines deleted...]
-        <v>78</v>
+      <c r="H43" s="7">
+        <v>310.0</v>
+      </c>
+      <c r="I43" s="7">
+        <v>925.0</v>
+      </c>
+      <c r="J43" s="7">
+        <v>925.0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D44">
         <v>1989</v>
       </c>
       <c r="E44" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="F44" s="7">
-        <v>362.5</v>
+        <v>352.5</v>
       </c>
       <c r="G44" s="7">
-        <v>265.0</v>
+        <v>227.5</v>
       </c>
       <c r="H44" s="7">
-        <v>305.0</v>
+        <v>342.5</v>
       </c>
       <c r="I44" s="7">
-        <v>932.5</v>
+        <v>922.5</v>
       </c>
       <c r="J44" s="7">
-        <v>932.5</v>
+        <v>922.5</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="B45" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C45" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E45" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F45" s="7">
-        <v>360.0</v>
+        <v>337.5</v>
       </c>
       <c r="G45" s="7">
-        <v>255.0</v>
+        <v>267.5</v>
       </c>
       <c r="H45" s="7">
-        <v>310.0</v>
+        <v>295.0</v>
       </c>
       <c r="I45" s="7">
-        <v>925.0</v>
+        <v>900.0</v>
       </c>
       <c r="J45" s="7">
-        <v>925.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="B46" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C46" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D46">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E46" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="F46" s="7">
-        <v>352.5</v>
+        <v>340.0</v>
       </c>
       <c r="G46" s="7">
-        <v>227.5</v>
+        <v>262.5</v>
       </c>
       <c r="H46" s="7">
-        <v>342.5</v>
+        <v>295.0</v>
       </c>
       <c r="I46" s="7">
-        <v>922.5</v>
+        <v>897.5</v>
       </c>
       <c r="J46" s="7">
-        <v>922.5</v>
+        <v>897.5</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C47" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D47">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F47" s="7">
-        <v>337.5</v>
+        <v>342.5</v>
       </c>
       <c r="G47" s="7">
-        <v>267.5</v>
+        <v>247.5</v>
       </c>
       <c r="H47" s="7">
-        <v>295.0</v>
+        <v>290.0</v>
       </c>
       <c r="I47" s="7">
-        <v>900.0</v>
+        <v>880.0</v>
       </c>
       <c r="J47" s="7">
-        <v>900.0</v>
+        <v>880.0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="B48" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C48" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D48">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E48" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="F48" s="7">
-        <v>340.0</v>
+        <v>310.0</v>
       </c>
       <c r="G48" s="7">
-        <v>262.5</v>
+        <v>270.0</v>
       </c>
       <c r="H48" s="7">
-        <v>295.0</v>
+        <v>277.5</v>
       </c>
       <c r="I48" s="7">
-        <v>897.5</v>
+        <v>857.5</v>
       </c>
       <c r="J48" s="7">
-        <v>897.5</v>
+        <v>857.5</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C49" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D49">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F49" s="7">
-        <v>342.5</v>
+        <v>330.0</v>
       </c>
       <c r="G49" s="7">
-        <v>247.5</v>
+        <v>217.5</v>
       </c>
       <c r="H49" s="7">
-        <v>290.0</v>
+        <v>300.0</v>
       </c>
       <c r="I49" s="7">
-        <v>880.0</v>
+        <v>847.5</v>
       </c>
       <c r="J49" s="7">
-        <v>880.0</v>
+        <v>847.5</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="C50" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D50">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E50" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="F50" s="7">
         <v>310.0</v>
       </c>
       <c r="G50" s="7">
+        <v>210.0</v>
+      </c>
+      <c r="H50" s="7">
         <v>270.0</v>
       </c>
-      <c r="H50" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I50" s="7">
-        <v>857.5</v>
+        <v>790.0</v>
       </c>
       <c r="J50" s="7">
-        <v>857.5</v>
+        <v>790.0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="B51" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C51" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D51">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F51" s="7">
-        <v>330.0</v>
+        <v>290.0</v>
       </c>
       <c r="G51" s="7">
-        <v>217.5</v>
+        <v>235.0</v>
       </c>
       <c r="H51" s="7">
-        <v>300.0</v>
+        <v>262.5</v>
       </c>
       <c r="I51" s="7">
-        <v>847.5</v>
+        <v>787.5</v>
       </c>
       <c r="J51" s="7">
-        <v>847.5</v>
+        <v>787.5</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C52" t="s">
+        <v>88</v>
+      </c>
+      <c r="D52">
+        <v>1989</v>
+      </c>
+      <c r="E52" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F52" s="7">
         <v>310.0</v>
       </c>
       <c r="G52" s="7">
-        <v>210.0</v>
+        <v>175.0</v>
       </c>
       <c r="H52" s="7">
-        <v>270.0</v>
+        <v>275.0</v>
       </c>
       <c r="I52" s="7">
-        <v>790.0</v>
+        <v>760.0</v>
       </c>
       <c r="J52" s="7">
-        <v>790.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C53" t="s">
+        <v>90</v>
+      </c>
+      <c r="D53">
+        <v>2000</v>
+      </c>
+      <c r="E53" t="s">
         <v>91</v>
       </c>
-      <c r="D53">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="7">
-        <v>290.0</v>
+        <v>285.0</v>
       </c>
       <c r="G53" s="7">
-        <v>235.0</v>
+        <v>167.5</v>
       </c>
       <c r="H53" s="7">
-        <v>262.5</v>
+        <v>302.5</v>
       </c>
       <c r="I53" s="7">
-        <v>787.5</v>
+        <v>755.0</v>
       </c>
       <c r="J53" s="7">
-        <v>787.5</v>
+        <v>752.5</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="B54" s="1" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="C54" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D54">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E54" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="F54" s="7">
-        <v>310.0</v>
+        <v>240.0</v>
       </c>
       <c r="G54" s="7">
-        <v>175.0</v>
+        <v>267.5</v>
       </c>
       <c r="H54" s="7">
-        <v>275.0</v>
+        <v>220.0</v>
       </c>
       <c r="I54" s="7">
-        <v>760.0</v>
+        <v>727.5</v>
       </c>
       <c r="J54" s="7">
-        <v>760.0</v>
+        <v>727.5</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="1" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="C55" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D55">
         <v>2000</v>
       </c>
       <c r="E55" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="F55" s="7">
-        <v>285.0</v>
+        <v>275.0</v>
       </c>
       <c r="G55" s="7">
-        <v>167.5</v>
+        <v>180.0</v>
       </c>
       <c r="H55" s="7">
-        <v>302.5</v>
+        <v>265.0</v>
       </c>
       <c r="I55" s="7">
-        <v>755.0</v>
+        <v>720.0</v>
       </c>
       <c r="J55" s="7">
-        <v>752.5</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="B56" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C56" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D56">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E56" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="F56" s="7">
-        <v>240.0</v>
+        <v>285.0</v>
       </c>
       <c r="G56" s="7">
-        <v>267.5</v>
+        <v>152.5</v>
       </c>
       <c r="H56" s="7">
-        <v>220.0</v>
+        <v>280.0</v>
       </c>
       <c r="I56" s="7">
-        <v>727.5</v>
+        <v>717.5</v>
       </c>
       <c r="J56" s="7">
-        <v>727.5</v>
+        <v>717.5</v>
       </c>
     </row>
     <row r="57" spans="1:10">
-      <c r="B57" s="1" t="s">
-[...24 lines deleted...]
-        <v>720.0</v>
+      <c r="B57" s="6" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="1" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="C58" t="s">
         <v>100</v>
       </c>
       <c r="D58">
-        <v>2000</v>
+        <v>1982</v>
       </c>
       <c r="E58" t="s">
+        <v>76</v>
+      </c>
+      <c r="F58" s="7">
+        <v>395.0</v>
+      </c>
+      <c r="G58" s="7">
+        <v>310.0</v>
+      </c>
+      <c r="H58" s="7">
+        <v>335.0</v>
+      </c>
+      <c r="I58" s="7">
+        <v>1040.0</v>
+      </c>
+      <c r="J58" s="7">
+        <v>1040.0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="B59" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C59" t="s">
         <v>101</v>
       </c>
-      <c r="F58" s="7">
-[...17 lines deleted...]
-        <v>102</v>
+      <c r="D59">
+        <v>1997</v>
+      </c>
+      <c r="E59" t="s">
+        <v>76</v>
+      </c>
+      <c r="F59" s="7">
+        <v>390.0</v>
+      </c>
+      <c r="G59" s="7">
+        <v>330.0</v>
+      </c>
+      <c r="H59" s="7">
+        <v>320.0</v>
+      </c>
+      <c r="I59" s="7">
+        <v>1040.0</v>
+      </c>
+      <c r="J59" s="7">
+        <v>1040.0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C60" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D60">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E60" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F60" s="7">
-        <v>395.0</v>
+        <v>382.5</v>
       </c>
       <c r="G60" s="7">
-        <v>310.0</v>
+        <v>292.5</v>
       </c>
       <c r="H60" s="7">
-        <v>335.0</v>
+        <v>287.5</v>
       </c>
       <c r="I60" s="7">
-        <v>1040.0</v>
+        <v>962.5</v>
       </c>
       <c r="J60" s="7">
-        <v>1040.0</v>
+        <v>962.5</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C61" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D61">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E61" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="F61" s="7">
-        <v>390.0</v>
+        <v>375.0</v>
       </c>
       <c r="G61" s="7">
-        <v>330.0</v>
+        <v>232.5</v>
       </c>
       <c r="H61" s="7">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="I61" s="7">
-        <v>1040.0</v>
+        <v>942.5</v>
       </c>
       <c r="J61" s="7">
-        <v>1040.0</v>
+        <v>942.5</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="B62" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C62" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D62">
         <v>1999</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="F62" s="7">
-        <v>382.5</v>
+        <v>367.5</v>
       </c>
       <c r="G62" s="7">
-        <v>292.5</v>
+        <v>270.0</v>
       </c>
       <c r="H62" s="7">
         <v>287.5</v>
       </c>
       <c r="I62" s="7">
-        <v>962.5</v>
+        <v>925.0</v>
       </c>
       <c r="J62" s="7">
-        <v>962.5</v>
+        <v>925.0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C63" t="s">
         <v>106</v>
       </c>
       <c r="D63">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E63" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="F63" s="7">
-        <v>375.0</v>
+        <v>365.0</v>
       </c>
       <c r="G63" s="7">
-        <v>232.5</v>
+        <v>242.5</v>
       </c>
       <c r="H63" s="7">
-        <v>335.0</v>
+        <v>302.5</v>
       </c>
       <c r="I63" s="7">
-        <v>942.5</v>
+        <v>910.0</v>
       </c>
       <c r="J63" s="7">
-        <v>942.5</v>
+        <v>910.0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C64" t="s">
         <v>107</v>
       </c>
       <c r="D64">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E64" t="s">
         <v>108</v>
       </c>
       <c r="F64" s="7">
-        <v>367.5</v>
+        <v>345.0</v>
       </c>
       <c r="G64" s="7">
-        <v>270.0</v>
+        <v>225.0</v>
       </c>
       <c r="H64" s="7">
-        <v>287.5</v>
+        <v>285.0</v>
       </c>
       <c r="I64" s="7">
-        <v>925.0</v>
+        <v>855.0</v>
       </c>
       <c r="J64" s="7">
-        <v>925.0</v>
+        <v>855.0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C65" t="s">
         <v>109</v>
       </c>
       <c r="D65">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="E65" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="F65" s="7">
-        <v>365.0</v>
+        <v>357.5</v>
       </c>
       <c r="G65" s="7">
-        <v>242.5</v>
+        <v>225.0</v>
       </c>
       <c r="H65" s="7">
-        <v>302.5</v>
+        <v>287.5</v>
       </c>
       <c r="I65" s="7">
-        <v>910.0</v>
+        <v>870.0</v>
       </c>
       <c r="J65" s="7">
-        <v>910.0</v>
+        <v>852.5</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="C66" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D66">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E66" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="F66" s="7">
-        <v>345.0</v>
+        <v>310.0</v>
       </c>
       <c r="G66" s="7">
-        <v>225.0</v>
+        <v>205.0</v>
       </c>
       <c r="H66" s="7">
-        <v>285.0</v>
+        <v>312.5</v>
       </c>
       <c r="I66" s="7">
-        <v>855.0</v>
+        <v>827.5</v>
       </c>
       <c r="J66" s="7">
-        <v>855.0</v>
+        <v>827.5</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C67" t="s">
         <v>112</v>
       </c>
       <c r="D67">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E67" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="F67" s="7">
-        <v>357.5</v>
+        <v>330.0</v>
       </c>
       <c r="G67" s="7">
-        <v>225.0</v>
+        <v>275.5</v>
       </c>
       <c r="H67" s="7">
-        <v>287.5</v>
+        <v>217.5</v>
       </c>
       <c r="I67" s="7">
-        <v>870.0</v>
+        <v>823.0</v>
       </c>
       <c r="J67" s="7">
-        <v>852.5</v>
+        <v>823.0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C68" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D68">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E68" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="F68" s="7">
-        <v>310.0</v>
+        <v>302.5</v>
       </c>
       <c r="G68" s="7">
-        <v>205.0</v>
+        <v>185.0</v>
       </c>
       <c r="H68" s="7">
-        <v>312.5</v>
+        <v>260.0</v>
       </c>
       <c r="I68" s="7">
-        <v>827.5</v>
+        <v>747.5</v>
       </c>
       <c r="J68" s="7">
-        <v>827.5</v>
+        <v>747.5</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="B69" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C69" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D69">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E69" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F69" s="7">
-        <v>330.0</v>
+        <v>300.0</v>
       </c>
       <c r="G69" s="7">
-        <v>275.5</v>
+        <v>192.5</v>
       </c>
       <c r="H69" s="7">
-        <v>217.5</v>
+        <v>245.0</v>
       </c>
       <c r="I69" s="7">
-        <v>823.0</v>
+        <v>737.5</v>
       </c>
       <c r="J69" s="7">
-        <v>823.0</v>
+        <v>737.5</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="1" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="C70" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D70">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E70" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F70" s="7">
-        <v>302.5</v>
+        <v>282.5</v>
       </c>
       <c r="G70" s="7">
-        <v>185.0</v>
+        <v>180.0</v>
       </c>
       <c r="H70" s="7">
-        <v>260.0</v>
+        <v>270.0</v>
       </c>
       <c r="I70" s="7">
-        <v>747.5</v>
+        <v>732.5</v>
       </c>
       <c r="J70" s="7">
-        <v>747.5</v>
+        <v>732.5</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="1" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="C71" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D71">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="E71" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="F71" s="7">
-        <v>300.0</v>
+        <v>230.0</v>
       </c>
       <c r="G71" s="7">
-        <v>192.5</v>
+        <v>225.0</v>
       </c>
       <c r="H71" s="7">
-        <v>245.0</v>
+        <v>175.0</v>
       </c>
       <c r="I71" s="7">
-        <v>737.5</v>
+        <v>630.0</v>
       </c>
       <c r="J71" s="7">
-        <v>737.5</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C72" t="s">
+        <v>117</v>
+      </c>
+      <c r="D72">
+        <v>1976</v>
+      </c>
+      <c r="E72" t="s">
         <v>118</v>
       </c>
-      <c r="D72">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="7">
-        <v>282.5</v>
+        <v>25.0</v>
       </c>
       <c r="G72" s="7">
-        <v>180.0</v>
+        <v>25.0</v>
       </c>
       <c r="H72" s="7">
-        <v>270.0</v>
+        <v>25.0</v>
       </c>
       <c r="I72" s="7">
-        <v>732.5</v>
+        <v>75.0</v>
       </c>
       <c r="J72" s="7">
-        <v>732.5</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
-      <c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="B73" s="6" t="s">
         <v>119</v>
-      </c>
-[...19 lines deleted...]
-        <v>630.0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="1" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="C74" t="s">
         <v>120</v>
       </c>
       <c r="D74">
-        <v>1976</v>
+        <v>1992</v>
       </c>
       <c r="E74" t="s">
+        <v>51</v>
+      </c>
+      <c r="F74" s="7">
+        <v>397.5</v>
+      </c>
+      <c r="G74" s="7">
+        <v>272.5</v>
+      </c>
+      <c r="H74" s="7">
+        <v>380.0</v>
+      </c>
+      <c r="I74" s="7">
+        <v>1050.0</v>
+      </c>
+      <c r="J74" s="7">
+        <v>1050.0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="B75" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C75" t="s">
         <v>121</v>
       </c>
-      <c r="F74" s="7">
-[...17 lines deleted...]
-        <v>122</v>
+      <c r="D75">
+        <v>1990</v>
+      </c>
+      <c r="E75" t="s">
+        <v>76</v>
+      </c>
+      <c r="F75" s="7">
+        <v>405.0</v>
+      </c>
+      <c r="G75" s="7">
+        <v>287.5</v>
+      </c>
+      <c r="H75" s="7">
+        <v>355.0</v>
+      </c>
+      <c r="I75" s="7">
+        <v>1047.5</v>
+      </c>
+      <c r="J75" s="7">
+        <v>1047.5</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="B76" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C76" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D76">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E76" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="F76" s="7">
         <v>397.5</v>
       </c>
       <c r="G76" s="7">
-        <v>272.5</v>
+        <v>277.5</v>
       </c>
       <c r="H76" s="7">
-        <v>380.0</v>
+        <v>360.0</v>
       </c>
       <c r="I76" s="7">
-        <v>1050.0</v>
+        <v>1035.0</v>
       </c>
       <c r="J76" s="7">
-        <v>1050.0</v>
+        <v>1035.0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C77" t="s">
+        <v>123</v>
+      </c>
+      <c r="D77">
+        <v>1995</v>
+      </c>
+      <c r="E77" t="s">
         <v>124</v>
       </c>
-      <c r="D77">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="7">
-        <v>405.0</v>
+        <v>410.0</v>
       </c>
       <c r="G77" s="7">
-        <v>287.5</v>
+        <v>315.0</v>
       </c>
       <c r="H77" s="7">
-        <v>355.0</v>
+        <v>305.0</v>
       </c>
       <c r="I77" s="7">
-        <v>1047.5</v>
+        <v>1030.0</v>
       </c>
       <c r="J77" s="7">
-        <v>1047.5</v>
+        <v>1030.0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C78" t="s">
         <v>125</v>
       </c>
       <c r="D78">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="E78" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="F78" s="7">
-        <v>397.5</v>
+        <v>400.0</v>
       </c>
       <c r="G78" s="7">
-        <v>277.5</v>
+        <v>275.0</v>
       </c>
       <c r="H78" s="7">
-        <v>360.0</v>
+        <v>332.5</v>
       </c>
       <c r="I78" s="7">
-        <v>1035.0</v>
+        <v>1007.5</v>
       </c>
       <c r="J78" s="7">
-        <v>1035.0</v>
+        <v>1007.5</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="B79" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C79" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D79">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E79" t="s">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="F79" s="7">
-        <v>410.0</v>
+        <v>367.5</v>
       </c>
       <c r="G79" s="7">
-        <v>315.0</v>
+        <v>245.0</v>
       </c>
       <c r="H79" s="7">
-        <v>305.0</v>
+        <v>342.5</v>
       </c>
       <c r="I79" s="7">
-        <v>1030.0</v>
+        <v>955.0</v>
       </c>
       <c r="J79" s="7">
-        <v>1030.0</v>
+        <v>955.0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="B80" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C80" t="s">
         <v>128</v>
       </c>
       <c r="D80">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E80" t="s">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="F80" s="7">
-        <v>400.0</v>
+        <v>377.5</v>
       </c>
       <c r="G80" s="7">
-        <v>275.0</v>
+        <v>205.0</v>
       </c>
       <c r="H80" s="7">
         <v>332.5</v>
       </c>
       <c r="I80" s="7">
-        <v>1007.5</v>
+        <v>915.0</v>
       </c>
       <c r="J80" s="7">
-        <v>1007.5</v>
+        <v>915.0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="B81" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C81" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D81">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E81" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
       <c r="F81" s="7">
-        <v>367.5</v>
+        <v>365.0</v>
       </c>
       <c r="G81" s="7">
-        <v>245.0</v>
+        <v>235.0</v>
       </c>
       <c r="H81" s="7">
-        <v>342.5</v>
+        <v>315.0</v>
       </c>
       <c r="I81" s="7">
-        <v>955.0</v>
+        <v>915.0</v>
       </c>
       <c r="J81" s="7">
-        <v>955.0</v>
+        <v>915.0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="B82" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="C82" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D82">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E82" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="F82" s="7">
-        <v>377.5</v>
+        <v>342.5</v>
       </c>
       <c r="G82" s="7">
-        <v>205.0</v>
+        <v>280.0</v>
       </c>
       <c r="H82" s="7">
-        <v>332.5</v>
+        <v>267.5</v>
       </c>
       <c r="I82" s="7">
-        <v>915.0</v>
+        <v>890.0</v>
       </c>
       <c r="J82" s="7">
-        <v>915.0</v>
+        <v>885.0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="B83" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C83" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D83">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="E83" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
       <c r="F83" s="7">
-        <v>365.0</v>
+        <v>350.0</v>
       </c>
       <c r="G83" s="7">
-        <v>235.0</v>
+        <v>250.0</v>
       </c>
       <c r="H83" s="7">
-        <v>315.0</v>
+        <v>275.0</v>
       </c>
       <c r="I83" s="7">
-        <v>915.0</v>
+        <v>875.0</v>
       </c>
       <c r="J83" s="7">
-        <v>915.0</v>
+        <v>875.0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="B84" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C84" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D84">
-        <v>1993</v>
+        <v>1987</v>
       </c>
       <c r="E84" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F84" s="7">
-        <v>342.5</v>
+        <v>330.0</v>
       </c>
       <c r="G84" s="7">
-        <v>280.0</v>
+        <v>230.0</v>
       </c>
       <c r="H84" s="7">
-        <v>267.5</v>
+        <v>310.0</v>
       </c>
       <c r="I84" s="7">
-        <v>890.0</v>
+        <v>870.0</v>
       </c>
       <c r="J84" s="7">
-        <v>885.0</v>
+        <v>870.0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="B85" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C85" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D85">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="E85" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="F85" s="7">
-        <v>350.0</v>
+        <v>320.0</v>
       </c>
       <c r="G85" s="7">
-        <v>250.0</v>
+        <v>225.0</v>
       </c>
       <c r="H85" s="7">
-        <v>275.0</v>
+        <v>300.0</v>
       </c>
       <c r="I85" s="7">
-        <v>875.0</v>
+        <v>845.0</v>
       </c>
       <c r="J85" s="7">
-        <v>875.0</v>
+        <v>845.0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="B86" s="1" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="C86" t="s">
+        <v>134</v>
+      </c>
+      <c r="D86">
+        <v>1991</v>
+      </c>
+      <c r="E86" t="s">
         <v>135</v>
       </c>
-      <c r="D86">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="7">
-        <v>330.0</v>
+        <v>310.0</v>
       </c>
       <c r="G86" s="7">
-        <v>230.0</v>
+        <v>252.5</v>
       </c>
       <c r="H86" s="7">
-        <v>310.0</v>
+        <v>267.5</v>
       </c>
       <c r="I86" s="7">
-        <v>870.0</v>
+        <v>830.0</v>
       </c>
       <c r="J86" s="7">
-        <v>870.0</v>
+        <v>830.0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="B87" s="1" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="C87" t="s">
         <v>136</v>
       </c>
       <c r="D87">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E87" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="F87" s="7">
-        <v>320.0</v>
+        <v>300.0</v>
       </c>
       <c r="G87" s="7">
-        <v>225.0</v>
+        <v>210.0</v>
       </c>
       <c r="H87" s="7">
-        <v>300.0</v>
+        <v>290.0</v>
       </c>
       <c r="I87" s="7">
-        <v>845.0</v>
+        <v>800.0</v>
       </c>
       <c r="J87" s="7">
-        <v>845.0</v>
+        <v>800.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="B88" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C88" t="s">
         <v>137</v>
       </c>
       <c r="D88">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="E88" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="F88" s="7">
         <v>310.0</v>
       </c>
       <c r="G88" s="7">
-        <v>252.5</v>
+        <v>202.5</v>
       </c>
       <c r="H88" s="7">
-        <v>267.5</v>
+        <v>287.5</v>
       </c>
       <c r="I88" s="7">
-        <v>830.0</v>
+        <v>800.0</v>
       </c>
       <c r="J88" s="7">
-        <v>830.0</v>
+        <v>800.0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="B89" s="1" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="C89" t="s">
         <v>139</v>
       </c>
       <c r="D89">
-        <v>1996</v>
+        <v>1981</v>
       </c>
       <c r="E89" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F89" s="7">
-        <v>300.0</v>
+        <v>275.0</v>
       </c>
       <c r="G89" s="7">
-        <v>210.0</v>
+        <v>157.5</v>
       </c>
       <c r="H89" s="7">
-        <v>290.0</v>
+        <v>250.0</v>
       </c>
       <c r="I89" s="7">
-        <v>800.0</v>
+        <v>682.5</v>
       </c>
       <c r="J89" s="7">
-        <v>800.0</v>
+        <v>682.5</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="B90" s="1" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="C90" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D90">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E90" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="F90" s="7">
-        <v>310.0</v>
+        <v>25.0</v>
       </c>
       <c r="G90" s="7">
-        <v>202.5</v>
+        <v>25.0</v>
       </c>
       <c r="H90" s="7">
-        <v>287.5</v>
+        <v>25.0</v>
       </c>
       <c r="I90" s="7">
-        <v>800.0</v>
+        <v>75.0</v>
       </c>
       <c r="J90" s="7">
-        <v>800.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
-      <c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="B91" s="6" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>682.5</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="B92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C92" t="s">
         <v>143</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92">
+        <v>1994</v>
+      </c>
+      <c r="E92" t="s">
+        <v>17</v>
+      </c>
+      <c r="F92" s="7">
+        <v>453.5</v>
+      </c>
+      <c r="G92" s="7">
+        <v>332.5</v>
+      </c>
+      <c r="H92" s="7">
+        <v>332.5</v>
+      </c>
+      <c r="I92" s="7">
+        <v>1118.5</v>
+      </c>
+      <c r="J92" s="7">
+        <v>1118.5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="B93" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C93" t="s">
         <v>144</v>
       </c>
-      <c r="D92">
-[...23 lines deleted...]
-        <v>145</v>
+      <c r="D93">
+        <v>1985</v>
+      </c>
+      <c r="E93" t="s">
+        <v>76</v>
+      </c>
+      <c r="F93" s="7">
+        <v>400.0</v>
+      </c>
+      <c r="G93" s="7">
+        <v>340.0</v>
+      </c>
+      <c r="H93" s="7">
+        <v>370.0</v>
+      </c>
+      <c r="I93" s="7">
+        <v>1110.0</v>
+      </c>
+      <c r="J93" s="7">
+        <v>1110.0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="B94" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C94" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D94">
-        <v>1994</v>
+        <v>1987</v>
       </c>
       <c r="E94" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F94" s="7">
-        <v>453.5</v>
+        <v>440.0</v>
       </c>
       <c r="G94" s="7">
-        <v>332.5</v>
+        <v>300.0</v>
       </c>
       <c r="H94" s="7">
-        <v>332.5</v>
+        <v>360.0</v>
       </c>
       <c r="I94" s="7">
-        <v>1118.5</v>
+        <v>1100.0</v>
       </c>
       <c r="J94" s="7">
-        <v>1118.5</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="B95" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C95" t="s">
+        <v>146</v>
+      </c>
+      <c r="D95">
+        <v>2002</v>
+      </c>
+      <c r="E95" t="s">
         <v>147</v>
       </c>
-      <c r="D95">
-[...4 lines deleted...]
-      </c>
       <c r="F95" s="7">
-        <v>400.0</v>
+        <v>390.0</v>
       </c>
       <c r="G95" s="7">
-        <v>340.0</v>
+        <v>267.5</v>
       </c>
       <c r="H95" s="7">
-        <v>370.0</v>
+        <v>332.5</v>
       </c>
       <c r="I95" s="7">
-        <v>1110.0</v>
+        <v>990.0</v>
       </c>
       <c r="J95" s="7">
-        <v>1110.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="B96" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C96" t="s">
         <v>148</v>
       </c>
       <c r="D96">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="E96" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="F96" s="7">
-        <v>440.0</v>
+        <v>380.0</v>
       </c>
       <c r="G96" s="7">
-        <v>300.0</v>
+        <v>305.0</v>
       </c>
       <c r="H96" s="7">
-        <v>360.0</v>
+        <v>307.5</v>
       </c>
       <c r="I96" s="7">
-        <v>1100.0</v>
+        <v>992.5</v>
       </c>
       <c r="J96" s="7">
-        <v>1100.0</v>
+        <v>982.5</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="B97" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C97" t="s">
         <v>149</v>
       </c>
       <c r="D97">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E97" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="F97" s="7">
-        <v>390.0</v>
+        <v>387.5</v>
       </c>
       <c r="G97" s="7">
-        <v>267.5</v>
+        <v>280.0</v>
       </c>
       <c r="H97" s="7">
-        <v>332.5</v>
+        <v>315.0</v>
       </c>
       <c r="I97" s="7">
-        <v>990.0</v>
+        <v>982.5</v>
       </c>
       <c r="J97" s="7">
-        <v>990.0</v>
+        <v>977.5</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="B98" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C98" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D98">
-        <v>1990</v>
+        <v>1984</v>
       </c>
       <c r="E98" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="F98" s="7">
-        <v>380.0</v>
+        <v>350.0</v>
       </c>
       <c r="G98" s="7">
-        <v>305.0</v>
+        <v>247.5</v>
       </c>
       <c r="H98" s="7">
-        <v>307.5</v>
+        <v>355.0</v>
       </c>
       <c r="I98" s="7">
-        <v>992.5</v>
+        <v>952.5</v>
       </c>
       <c r="J98" s="7">
-        <v>982.5</v>
+        <v>952.5</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="B99" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C99" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D99">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E99" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F99" s="7">
-        <v>387.5</v>
+        <v>380.0</v>
       </c>
       <c r="G99" s="7">
-        <v>280.0</v>
+        <v>270.0</v>
       </c>
       <c r="H99" s="7">
-        <v>315.0</v>
+        <v>300.0</v>
       </c>
       <c r="I99" s="7">
-        <v>982.5</v>
+        <v>950.0</v>
       </c>
       <c r="J99" s="7">
-        <v>977.5</v>
+        <v>950.0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="B100" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="C100" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D100">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="E100" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="F100" s="7">
-        <v>350.0</v>
+        <v>337.5</v>
       </c>
       <c r="G100" s="7">
-        <v>247.5</v>
+        <v>205.0</v>
       </c>
       <c r="H100" s="7">
-        <v>355.0</v>
+        <v>365.0</v>
       </c>
       <c r="I100" s="7">
-        <v>952.5</v>
+        <v>907.5</v>
       </c>
       <c r="J100" s="7">
-        <v>952.5</v>
+        <v>907.5</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="B101" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C101" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D101">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E101" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="F101" s="7">
-        <v>380.0</v>
+        <v>342.5</v>
       </c>
       <c r="G101" s="7">
-        <v>270.0</v>
+        <v>245.0</v>
       </c>
       <c r="H101" s="7">
-        <v>300.0</v>
+        <v>257.5</v>
       </c>
       <c r="I101" s="7">
-        <v>950.0</v>
+        <v>845.0</v>
       </c>
       <c r="J101" s="7">
-        <v>950.0</v>
+        <v>845.0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="B102" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="C102" t="s">
+        <v>154</v>
+      </c>
+      <c r="D102">
+        <v>1997</v>
+      </c>
+      <c r="E102" t="s">
+        <v>35</v>
+      </c>
+      <c r="F102" s="7">
+        <v>342.5</v>
+      </c>
+      <c r="G102" s="7">
+        <v>232.5</v>
+      </c>
+      <c r="H102" s="7">
+        <v>240.0</v>
+      </c>
+      <c r="I102" s="7">
+        <v>815.0</v>
+      </c>
+      <c r="J102" s="7">
+        <v>815.0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="B103" s="6" t="s">
         <v>155</v>
-      </c>
-[...48 lines deleted...]
-        <v>845.0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="B104" s="1" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="C104" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D104">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E104" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="F104" s="7">
-        <v>332.5</v>
+        <v>480.0</v>
       </c>
       <c r="G104" s="7">
-        <v>227.5</v>
+        <v>350.0</v>
       </c>
       <c r="H104" s="7">
-        <v>282.5</v>
+        <v>370.0</v>
       </c>
       <c r="I104" s="7">
-        <v>842.5</v>
+        <v>1200.0</v>
       </c>
       <c r="J104" s="7">
-        <v>842.5</v>
+        <v>1200.0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="B105" s="1" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="C105" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D105">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="E105" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="F105" s="7">
-        <v>342.5</v>
+        <v>460.0</v>
       </c>
       <c r="G105" s="7">
-        <v>232.5</v>
+        <v>350.0</v>
       </c>
       <c r="H105" s="7">
-        <v>240.0</v>
+        <v>370.0</v>
       </c>
       <c r="I105" s="7">
-        <v>815.0</v>
+        <v>1180.0</v>
       </c>
       <c r="J105" s="7">
-        <v>815.0</v>
+        <v>1180.0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="B106" s="1" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="C106" t="s">
+        <v>158</v>
+      </c>
+      <c r="D106">
+        <v>1994</v>
+      </c>
+      <c r="E106" t="s">
+        <v>17</v>
+      </c>
+      <c r="F106" s="7">
+        <v>430.0</v>
+      </c>
+      <c r="G106" s="7">
+        <v>330.0</v>
+      </c>
+      <c r="H106" s="7">
+        <v>352.5</v>
+      </c>
+      <c r="I106" s="7">
+        <v>1112.5</v>
+      </c>
+      <c r="J106" s="7">
+        <v>1112.5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="B107" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" t="s">
         <v>159</v>
       </c>
-      <c r="D106">
-[...23 lines deleted...]
-        <v>160</v>
+      <c r="D107">
+        <v>1999</v>
+      </c>
+      <c r="E107" t="s">
+        <v>51</v>
+      </c>
+      <c r="F107" s="7">
+        <v>440.0</v>
+      </c>
+      <c r="G107" s="7">
+        <v>337.5</v>
+      </c>
+      <c r="H107" s="7">
+        <v>325.0</v>
+      </c>
+      <c r="I107" s="7">
+        <v>1102.5</v>
+      </c>
+      <c r="J107" s="7">
+        <v>1102.5</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="B108" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="C108" t="s">
+        <v>160</v>
+      </c>
+      <c r="D108">
+        <v>2002</v>
+      </c>
+      <c r="E108" t="s">
         <v>161</v>
       </c>
-      <c r="D108">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="7">
-        <v>480.0</v>
+        <v>400.0</v>
       </c>
       <c r="G108" s="7">
-        <v>350.0</v>
+        <v>330.0</v>
       </c>
       <c r="H108" s="7">
-        <v>370.0</v>
+        <v>382.5</v>
       </c>
       <c r="I108" s="7">
-        <v>1200.0</v>
+        <v>1112.5</v>
       </c>
       <c r="J108" s="7">
-        <v>1200.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="B109" s="1" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C109" t="s">
         <v>162</v>
       </c>
       <c r="D109">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="E109" t="s">
-        <v>80</v>
+        <v>161</v>
       </c>
       <c r="F109" s="7">
-        <v>460.0</v>
+        <v>400.0</v>
       </c>
       <c r="G109" s="7">
-        <v>350.0</v>
+        <v>342.5</v>
       </c>
       <c r="H109" s="7">
-        <v>370.0</v>
+        <v>337.5</v>
       </c>
       <c r="I109" s="7">
-        <v>1180.0</v>
+        <v>1080.0</v>
       </c>
       <c r="J109" s="7">
-        <v>1180.0</v>
+        <v>1075.0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="B110" s="1" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="C110" t="s">
         <v>163</v>
       </c>
       <c r="D110">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E110" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="F110" s="7">
-        <v>430.0</v>
+        <v>422.5</v>
       </c>
       <c r="G110" s="7">
-        <v>330.0</v>
+        <v>315.0</v>
       </c>
       <c r="H110" s="7">
-        <v>352.5</v>
+        <v>337.5</v>
       </c>
       <c r="I110" s="7">
-        <v>1112.5</v>
+        <v>1075.0</v>
       </c>
       <c r="J110" s="7">
-        <v>1112.5</v>
+        <v>1075.0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="B111" s="1" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="C111" t="s">
         <v>164</v>
       </c>
       <c r="D111">
-        <v>1999</v>
+        <v>1985</v>
       </c>
       <c r="E111" t="s">
-        <v>54</v>
+        <v>165</v>
       </c>
       <c r="F111" s="7">
-        <v>440.0</v>
+        <v>435.0</v>
       </c>
       <c r="G111" s="7">
-        <v>337.5</v>
+        <v>327.5</v>
       </c>
       <c r="H111" s="7">
-        <v>325.0</v>
+        <v>310.0</v>
       </c>
       <c r="I111" s="7">
-        <v>1102.5</v>
+        <v>1072.5</v>
       </c>
       <c r="J111" s="7">
-        <v>1102.5</v>
+        <v>1072.5</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="B112" s="1" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="C112" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D112">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E112" t="s">
-        <v>166</v>
+        <v>110</v>
       </c>
       <c r="F112" s="7">
-        <v>400.0</v>
+        <v>417.5</v>
       </c>
       <c r="G112" s="7">
-        <v>330.0</v>
+        <v>320.0</v>
       </c>
       <c r="H112" s="7">
-        <v>382.5</v>
+        <v>320.0</v>
       </c>
       <c r="I112" s="7">
-        <v>1112.5</v>
+        <v>1057.5</v>
       </c>
       <c r="J112" s="7">
-        <v>1100.0</v>
+        <v>1057.5</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="B113" s="1" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="C113" t="s">
         <v>167</v>
       </c>
       <c r="D113">
-        <v>1980</v>
+        <v>1998</v>
       </c>
       <c r="E113" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="F113" s="7">
-        <v>400.0</v>
+        <v>405.5</v>
       </c>
       <c r="G113" s="7">
-        <v>342.5</v>
+        <v>292.5</v>
       </c>
       <c r="H113" s="7">
-        <v>337.5</v>
+        <v>327.5</v>
       </c>
       <c r="I113" s="7">
-        <v>1080.0</v>
+        <v>1025.5</v>
       </c>
       <c r="J113" s="7">
-        <v>1075.0</v>
+        <v>1025.5</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="B114" s="1" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="C114" t="s">
         <v>168</v>
       </c>
       <c r="D114">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E114" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F114" s="7">
-        <v>422.5</v>
+        <v>400.0</v>
       </c>
       <c r="G114" s="7">
-        <v>315.0</v>
+        <v>240.0</v>
       </c>
       <c r="H114" s="7">
-        <v>337.5</v>
+        <v>370.0</v>
       </c>
       <c r="I114" s="7">
-        <v>1075.0</v>
+        <v>1010.0</v>
       </c>
       <c r="J114" s="7">
-        <v>1075.0</v>
+        <v>1010.0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="B115" s="1" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="C115" t="s">
         <v>169</v>
       </c>
       <c r="D115">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="E115" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="F115" s="7">
-        <v>435.0</v>
+        <v>390.0</v>
       </c>
       <c r="G115" s="7">
-        <v>327.5</v>
+        <v>312.5</v>
       </c>
       <c r="H115" s="7">
-        <v>310.0</v>
+        <v>302.5</v>
       </c>
       <c r="I115" s="7">
-        <v>1072.5</v>
+        <v>1005.0</v>
       </c>
       <c r="J115" s="7">
-        <v>1072.5</v>
+        <v>1005.0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="B116" s="1" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="C116" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D116">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E116" t="s">
-        <v>113</v>
+        <v>40</v>
       </c>
       <c r="F116" s="7">
-        <v>417.5</v>
+        <v>345.0</v>
       </c>
       <c r="G116" s="7">
-        <v>320.0</v>
+        <v>220.0</v>
       </c>
       <c r="H116" s="7">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="I116" s="7">
-        <v>1057.5</v>
+        <v>900.0</v>
       </c>
       <c r="J116" s="7">
-        <v>1057.5</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="B117" s="1" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="C117" t="s">
+        <v>171</v>
+      </c>
+      <c r="D117">
+        <v>1996</v>
+      </c>
+      <c r="E117" t="s">
+        <v>32</v>
+      </c>
+      <c r="F117" s="7">
+        <v>325.0</v>
+      </c>
+      <c r="G117" s="7">
+        <v>225.0</v>
+      </c>
+      <c r="H117" s="7">
+        <v>282.5</v>
+      </c>
+      <c r="I117" s="7">
+        <v>832.5</v>
+      </c>
+      <c r="J117" s="7">
+        <v>832.5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="D117">
-[...25 lines deleted...]
-      <c r="C118" t="s">
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="5" t="s">
         <v>173</v>
-      </c>
-[...145 lines deleted...]
-        <v>179</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="A5:J5"/>
     <mergeCell ref="A8:J8"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B17:J17"/>
-    <mergeCell ref="B30:J30"/>
-[...6 lines deleted...]
-    <mergeCell ref="A126:J126"/>
+    <mergeCell ref="B28:J28"/>
+    <mergeCell ref="B41:J41"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B73:J73"/>
+    <mergeCell ref="B91:J91"/>
+    <mergeCell ref="B103:J103"/>
+    <mergeCell ref="A119:J119"/>
+    <mergeCell ref="A121:J121"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>