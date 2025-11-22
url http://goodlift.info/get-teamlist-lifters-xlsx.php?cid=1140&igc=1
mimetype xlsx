--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -12,83 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
-[...1 lines deleted...]
-    <t>Generated 03 Oct 2025, 02:44 UTC by goodlift.info</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+  <si>
+    <t>Generated 22 Nov 2025, 17:50 UTC by goodlift.info</t>
   </si>
   <si>
     <t>EUROPEAN POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>European Juniors and Sub-Juniors Classic Championships</t>
   </si>
   <si>
-    <t>Druskininkai/Lithuania, 29 November - 7 December, 2025</t>
+    <t>Druskininkai/Lithuania, 28 November - 7 December, 2025</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>SJ</t>
   </si>
   <si>
     <t>J</t>
-  </si>
-[...1 lines deleted...]
-    <t>SO</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
@@ -576,51 +573,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="G44" sqref="G44"/>
+      <selection activeCell="F44" sqref="F44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="8" customWidth="true" style="0"/>
     <col min="11" max="11" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -638,938 +635,823 @@
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="G7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>1.0</v>
       </c>
       <c r="B8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8" s="5">
         <v>1</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
-      <c r="F8">
-[...3 lines deleted...]
-        <f>SUM(C8:G8)</f>
+      <c r="F8" s="6">
+        <f>SUM(C8:F8)</f>
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>2.0</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" s="5">
         <v>2</v>
       </c>
-      <c r="F9">
-[...3 lines deleted...]
-        <f>SUM(C9:G9)</f>
+      <c r="F9" s="6">
+        <f>SUM(C9:F9)</f>
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>3.0</v>
       </c>
       <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10">
+        <v>0</v>
+      </c>
+      <c r="D10" s="5">
         <v>14</v>
       </c>
-      <c r="C10">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="5">
-        <v>23</v>
-[...6 lines deleted...]
-        <v>42</v>
+        <v>17</v>
+      </c>
+      <c r="F10" s="6">
+        <f>SUM(C10:F10)</f>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>4.0</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E11" s="5">
-        <v>3</v>
-[...6 lines deleted...]
-        <v>7</v>
+        <v>2</v>
+      </c>
+      <c r="F11" s="6">
+        <f>SUM(C11:F11)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>5.0</v>
       </c>
       <c r="B12" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C12">
         <v>0</v>
       </c>
       <c r="D12" s="5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E12" s="5">
         <v>11</v>
       </c>
-      <c r="F12">
-[...4 lines deleted...]
-        <v>16</v>
+      <c r="F12" s="6">
+        <f>SUM(C12:F12)</f>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>6.0</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13" s="5">
+        <v>3</v>
+      </c>
+      <c r="E13" s="5">
         <v>4</v>
       </c>
-      <c r="E13" s="5">
-[...7 lines deleted...]
-        <v>9</v>
+      <c r="F13" s="6">
+        <f>SUM(C13:F13)</f>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>7.0</v>
       </c>
       <c r="B14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14">
+        <v>0</v>
+      </c>
+      <c r="D14" s="5">
+        <v>13</v>
+      </c>
+      <c r="E14" s="5">
         <v>18</v>
       </c>
-      <c r="C14">
-[...13 lines deleted...]
-        <v>39</v>
+      <c r="F14" s="6">
+        <f>SUM(C14:F14)</f>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>8.0</v>
       </c>
       <c r="B15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15" s="5">
         <v>3</v>
       </c>
       <c r="E15" s="5">
         <v>5</v>
       </c>
-      <c r="F15">
-[...3 lines deleted...]
-        <f>SUM(C15:G15)</f>
+      <c r="F15" s="6">
+        <f>SUM(C15:F15)</f>
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>9.0</v>
       </c>
       <c r="B16" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C16">
         <v>0</v>
       </c>
       <c r="D16" s="5">
+        <v>6</v>
+      </c>
+      <c r="E16" s="5">
+        <v>6</v>
+      </c>
+      <c r="F16" s="6">
+        <f>SUM(C16:F16)</f>
         <v>12</v>
-      </c>
-[...8 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>10.0</v>
       </c>
       <c r="B17" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17" s="5">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E17" s="5">
-        <v>14</v>
-[...6 lines deleted...]
-        <v>27</v>
+        <v>11</v>
+      </c>
+      <c r="F17" s="6">
+        <f>SUM(C17:F17)</f>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>11.0</v>
       </c>
       <c r="B18" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18" s="5">
         <v>2</v>
       </c>
       <c r="E18" s="5">
+        <v>5</v>
+      </c>
+      <c r="F18" s="6">
+        <f>SUM(C18:F18)</f>
         <v>7</v>
-      </c>
-[...5 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>12.0</v>
       </c>
       <c r="B19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19">
         <v>0</v>
       </c>
       <c r="D19" s="5">
         <v>5</v>
       </c>
       <c r="E19" s="5">
-        <v>5</v>
-[...6 lines deleted...]
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="F19" s="6">
+        <f>SUM(C19:F19)</f>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20">
         <v>13.0</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20">
         <v>0</v>
       </c>
       <c r="D20" s="5">
         <v>1</v>
       </c>
       <c r="E20" s="5">
         <v>7</v>
       </c>
-      <c r="F20">
-[...3 lines deleted...]
-        <f>SUM(C20:G20)</f>
+      <c r="F20" s="6">
+        <f>SUM(C20:F20)</f>
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>14.0</v>
       </c>
       <c r="B21" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21" s="5">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E21" s="5">
-        <v>26</v>
-[...6 lines deleted...]
-        <v>53</v>
+        <v>18</v>
+      </c>
+      <c r="F21" s="6">
+        <f>SUM(C21:F21)</f>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>15.0</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C22">
         <v>0</v>
       </c>
       <c r="D22" s="5">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E22" s="5">
-        <v>18</v>
-[...6 lines deleted...]
-        <v>25</v>
+        <v>11</v>
+      </c>
+      <c r="F22" s="6">
+        <f>SUM(C22:F22)</f>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>16.0</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C23">
         <v>0</v>
       </c>
       <c r="D23" s="5">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E23" s="5">
         <v>8</v>
       </c>
-      <c r="F23">
-[...4 lines deleted...]
-        <v>20</v>
+      <c r="F23" s="6">
+        <f>SUM(C23:F23)</f>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>17.0</v>
       </c>
       <c r="B24" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C24">
         <v>0</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>6</v>
       </c>
-      <c r="F24">
-[...3 lines deleted...]
-        <f>SUM(C24:G24)</f>
+      <c r="F24" s="6">
+        <f>SUM(C24:F24)</f>
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>18.0</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25" s="5">
         <v>6</v>
       </c>
       <c r="E25" s="5">
+        <v>18</v>
+      </c>
+      <c r="F25" s="6">
+        <f>SUM(C25:F25)</f>
         <v>24</v>
-      </c>
-[...5 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>19.0</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26" s="5">
         <v>12</v>
       </c>
       <c r="E26" s="5">
-        <v>16</v>
-[...6 lines deleted...]
-        <v>28</v>
+        <v>15</v>
+      </c>
+      <c r="F26" s="6">
+        <f>SUM(C26:F26)</f>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>20.0</v>
       </c>
       <c r="B27" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27" s="5">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E27" s="5">
-        <v>14</v>
-[...6 lines deleted...]
-        <v>23</v>
+        <v>12</v>
+      </c>
+      <c r="F27" s="6">
+        <f>SUM(C27:F27)</f>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>21.0</v>
       </c>
       <c r="B28" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E28" s="5">
         <v>6</v>
       </c>
-      <c r="F28">
-[...4 lines deleted...]
-        <v>9</v>
+      <c r="F28" s="6">
+        <f>SUM(C28:F28)</f>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>22.0</v>
       </c>
       <c r="B29" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>32</v>
+      </c>
+      <c r="C29" s="5">
+        <v>3</v>
       </c>
       <c r="D29" s="5">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E29" s="5">
         <v>8</v>
       </c>
-      <c r="F29" s="5">
-[...4 lines deleted...]
-        <v>24</v>
+      <c r="F29" s="6">
+        <f>SUM(C29:F29)</f>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>23.0</v>
       </c>
       <c r="B30" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30" s="5">
         <v>1</v>
       </c>
       <c r="E30" s="5">
         <v>5</v>
       </c>
-      <c r="F30">
-[...3 lines deleted...]
-        <f>SUM(C30:G30)</f>
+      <c r="F30" s="6">
+        <f>SUM(C30:F30)</f>
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>24.0</v>
       </c>
       <c r="B31" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C31">
         <v>0</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31" s="5">
         <v>15</v>
       </c>
-      <c r="F31">
-[...3 lines deleted...]
-        <f>SUM(C31:G31)</f>
+      <c r="F31" s="6">
+        <f>SUM(C31:F31)</f>
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>25.0</v>
       </c>
       <c r="B32" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32" s="5">
         <v>1</v>
       </c>
       <c r="E32" s="5">
         <v>9</v>
       </c>
-      <c r="F32">
-[...3 lines deleted...]
-        <f>SUM(C32:G32)</f>
+      <c r="F32" s="6">
+        <f>SUM(C32:F32)</f>
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>26.0</v>
       </c>
       <c r="B33" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C33">
         <v>0</v>
       </c>
       <c r="D33" s="5">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="E33" s="5">
-        <v>12</v>
-[...6 lines deleted...]
-        <v>33</v>
+        <v>11</v>
+      </c>
+      <c r="F33" s="6">
+        <f>SUM(C33:F33)</f>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>27.0</v>
       </c>
       <c r="B34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C34">
         <v>0</v>
       </c>
       <c r="D34" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E34" s="5">
-        <v>3</v>
-[...6 lines deleted...]
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="F34" s="6">
+        <f>SUM(C34:F34)</f>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>28.0</v>
       </c>
       <c r="B35" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C35">
         <v>0</v>
       </c>
       <c r="D35" s="5">
         <v>1</v>
       </c>
       <c r="E35" s="5">
+        <v>3</v>
+      </c>
+      <c r="F35" s="6">
+        <f>SUM(C35:F35)</f>
         <v>4</v>
-      </c>
-[...5 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>29.0</v>
       </c>
       <c r="B36" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C36">
         <v>0</v>
       </c>
       <c r="D36" s="5">
         <v>1</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
-      <c r="F36">
-[...3 lines deleted...]
-        <f>SUM(C36:G36)</f>
+      <c r="F36" s="6">
+        <f>SUM(C36:F36)</f>
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>30.0</v>
       </c>
       <c r="B37" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37" s="5">
         <v>1</v>
       </c>
       <c r="E37" s="5">
+        <v>1</v>
+      </c>
+      <c r="F37" s="6">
+        <f>SUM(C37:F37)</f>
         <v>2</v>
-      </c>
-[...5 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>31.0</v>
       </c>
       <c r="B38" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E38" s="5">
+        <v>10</v>
+      </c>
+      <c r="F38" s="6">
+        <f>SUM(C38:F38)</f>
         <v>12</v>
-      </c>
-[...5 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>32.0</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E39" s="5">
-        <v>24</v>
-[...6 lines deleted...]
-        <v>46</v>
+        <v>18</v>
+      </c>
+      <c r="F39" s="6">
+        <f>SUM(C39:F39)</f>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>33.0</v>
       </c>
       <c r="B40" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40" s="5">
         <v>6</v>
       </c>
       <c r="E40" s="5">
-        <v>13</v>
-[...6 lines deleted...]
-        <v>19</v>
+        <v>12</v>
+      </c>
+      <c r="F40" s="6">
+        <f>SUM(C40:F40)</f>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>34.0</v>
       </c>
       <c r="B41" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C41">
         <v>0</v>
       </c>
       <c r="D41" s="5">
         <v>1</v>
       </c>
       <c r="E41" s="5">
+        <v>4</v>
+      </c>
+      <c r="F41" s="6">
+        <f>SUM(C41:F41)</f>
         <v>5</v>
-      </c>
-[...5 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>35.0</v>
       </c>
       <c r="B42" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C42">
         <v>0</v>
       </c>
       <c r="D42" s="5">
         <v>4</v>
       </c>
       <c r="E42" s="5">
-        <v>4</v>
-[...6 lines deleted...]
-        <v>8</v>
+        <v>2</v>
+      </c>
+      <c r="F42" s="6">
+        <f>SUM(C42:F42)</f>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>36.0</v>
       </c>
       <c r="B43" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C43" s="5">
         <v>2</v>
       </c>
       <c r="D43" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E43" s="5">
-        <v>7</v>
-[...6 lines deleted...]
-        <v>17</v>
+        <v>4</v>
+      </c>
+      <c r="F43" s="6">
+        <f>SUM(C43:F43)</f>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="C44" s="7">
         <f>SUM(C8:C43)</f>
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D44" s="7">
         <f>SUM(D8:D43)</f>
-        <v>246</v>
+        <v>190</v>
       </c>
       <c r="E44" s="7">
         <f>SUM(E8:E43)</f>
-        <v>359</v>
+        <v>290</v>
       </c>
       <c r="F44" s="7">
         <f>SUM(F8:F43)</f>
-        <v>4</v>
-[...3 lines deleted...]
-        <v>611</v>
+        <v>485</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 