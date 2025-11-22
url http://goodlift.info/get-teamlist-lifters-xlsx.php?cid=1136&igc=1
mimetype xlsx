--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -12,170 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
-[...1 lines deleted...]
-    <t>Generated 03 Oct 2025, 02:44 UTC by goodlift.info</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+  <si>
+    <t>Generated 22 Nov 2025, 17:50 UTC by goodlift.info</t>
   </si>
   <si>
     <t>EUROPEAN POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>2026 European Masters Classic Powerlifting Championships</t>
   </si>
   <si>
     <t>Oulu/Finland, 8 - 15 February, 2026</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>M1</t>
+  </si>
+  <si>
+    <t>M2</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>M4</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>France</t>
   </si>
   <si>
     <t>Turkiye</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="4">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
+      <color rgb="FF27408B"/>
+      <name val="Tahoma"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="10"/>
       <color rgb="FFB50000"/>
       <name val="Tahoma"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD8E4BC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC5D9F1"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEC8B"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -440,54 +474,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K9"/>
+  <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="8" customWidth="true" style="0"/>
     <col min="11" max="11" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -496,66 +530,155 @@
     <row r="3" spans="1:11">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="D7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>1.0</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C8" s="5">
+        <v>3</v>
+      </c>
+      <c r="D8" s="5">
         <v>1</v>
       </c>
+      <c r="E8" s="5">
+        <v>1</v>
+      </c>
+      <c r="F8" s="5">
+        <v>1</v>
+      </c>
+      <c r="G8" s="6">
+        <f>SUM(C8:G8)</f>
+        <v>6</v>
+      </c>
     </row>
     <row r="9" spans="1:11">
-      <c r="C9" s="6">
-        <f>SUM(C8:C8)</f>
+      <c r="A9">
+        <v>2.0</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="5">
+        <v>7</v>
+      </c>
+      <c r="D9" s="5">
+        <v>4</v>
+      </c>
+      <c r="E9">
+        <v>0</v>
+      </c>
+      <c r="F9" s="5">
+        <v>2</v>
+      </c>
+      <c r="G9" s="6">
+        <f>SUM(C9:G9)</f>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10">
+        <v>3.0</v>
+      </c>
+      <c r="B10" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5">
         <v>1</v>
+      </c>
+      <c r="D10">
+        <v>0</v>
+      </c>
+      <c r="E10">
+        <v>0</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
+      </c>
+      <c r="G10" s="6">
+        <f>SUM(C10:G10)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="C11" s="7">
+        <f>SUM(C8:C10)</f>
+        <v>11</v>
+      </c>
+      <c r="D11" s="7">
+        <f>SUM(D8:D10)</f>
+        <v>5</v>
+      </c>
+      <c r="E11" s="7">
+        <f>SUM(E8:E10)</f>
+        <v>1</v>
+      </c>
+      <c r="F11" s="7">
+        <f>SUM(F8:F10)</f>
+        <v>3</v>
+      </c>
+      <c r="G11" s="7">
+        <f>SUM(G8:G10)</f>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 