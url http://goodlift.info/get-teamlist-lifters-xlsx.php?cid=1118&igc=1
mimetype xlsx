--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
-    <t>Generated 03 Oct 2025, 02:43 UTC by goodlift.info</t>
+    <t>Generated 22 Nov 2025, 17:50 UTC by goodlift.info</t>
   </si>
   <si>
     <t>OCEANIA REGIONAL POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>2025 Oceania Regional Powerlifting &amp; Bench Press Championships</t>
   </si>
   <si>
     <t>Christchurch/New Zealand, 17 - 21 November, 2025</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>SJ</t>
   </si>
@@ -596,470 +596,470 @@
       </c>
       <c r="F7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>1.0</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="5">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" s="6">
         <f>SUM(C8:J8)</f>
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>2.0</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="5">
         <v>13</v>
       </c>
       <c r="D9" s="5">
         <v>7</v>
       </c>
       <c r="E9" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F9" s="5">
         <v>2</v>
       </c>
       <c r="G9" s="5">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H9" s="5">
         <v>6</v>
       </c>
       <c r="I9" s="5">
         <v>3</v>
       </c>
       <c r="J9" s="6">
         <f>SUM(C9:J9)</f>
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>3.0</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="5">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" s="5">
+        <v>2</v>
+      </c>
+      <c r="E10" s="5">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" s="6">
         <f>SUM(C10:J10)</f>
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>4.0</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="5">
-        <v>3</v>
+      <c r="C11">
+        <v>0</v>
       </c>
       <c r="D11" s="5">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="E11">
+        <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" s="6">
         <f>SUM(C11:J11)</f>
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>5.0</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="5">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D12" s="5">
         <v>2</v>
       </c>
       <c r="E12" s="5">
+        <v>2</v>
+      </c>
+      <c r="F12" s="5">
         <v>3</v>
       </c>
-      <c r="F12" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="5">
         <v>2</v>
       </c>
       <c r="H12" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" s="6">
         <f>SUM(C12:J12)</f>
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>6.0</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="5">
         <v>1</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13" s="6">
         <f>SUM(C13:J13)</f>
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>7.0</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="5">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D14" s="5">
         <v>16</v>
       </c>
       <c r="E14" s="5">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F14" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G14" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="H14" s="5">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I14" s="5">
         <v>5</v>
       </c>
       <c r="J14" s="6">
         <f>SUM(C14:J14)</f>
-        <v>131</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>8.0</v>
       </c>
       <c r="B15" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="5">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15" s="5">
         <v>2</v>
       </c>
       <c r="G15" s="5">
         <v>2</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" s="6">
         <f>SUM(C15:J15)</f>
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>9.0</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16" s="5">
         <v>2</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" s="5">
         <v>1</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" s="6">
         <f>SUM(C16:J16)</f>
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>10.0</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17" s="5">
         <v>2</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" s="6">
         <f>SUM(C17:J17)</f>
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>11.0</v>
       </c>
       <c r="B18" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="5">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" s="5">
         <v>1</v>
       </c>
       <c r="F18" s="5">
         <v>5</v>
       </c>
       <c r="G18" s="5">
         <v>6</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" s="6">
         <f>SUM(C18:J18)</f>
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>12.0</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19" s="6">
         <f>SUM(C19:J19)</f>
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="C20" s="7">
         <f>SUM(C8:C19)</f>
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="D20" s="7">
         <f>SUM(D8:D19)</f>
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E20" s="7">
         <f>SUM(E8:E19)</f>
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F20" s="7">
         <f>SUM(F8:F19)</f>
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G20" s="7">
         <f>SUM(G8:G19)</f>
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H20" s="7">
         <f>SUM(H8:H19)</f>
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I20" s="7">
         <f>SUM(I8:I19)</f>
         <v>8</v>
       </c>
       <c r="J20" s="7">
         <f>SUM(J8:J19)</f>
-        <v>310</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 