--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="lifters-team-list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
-[...1 lines deleted...]
-    <t>Generated 03 Oct 2025, 02:43 UTC by goodlift.info</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+  <si>
+    <t>Generated 22 Nov 2025, 17:50 UTC by goodlift.info</t>
   </si>
   <si>
     <t>OCEANIA REGIONAL POWERLIFTING FEDERATION</t>
   </si>
   <si>
     <t>2025 Oceania Regional Women's Classic Powerlifting Championships</t>
   </si>
   <si>
     <t>Christchurch/New Zealand, 17 - 21 November, 2025</t>
   </si>
   <si>
     <t>Participating Countries (Athletes)</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>SJ</t>
   </si>
@@ -68,69 +68,63 @@
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
     <t>M3</t>
   </si>
   <si>
     <t>M4</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>Kiribati</t>
-[...1 lines deleted...]
-  <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Niue</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>Tahiti</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tuvalu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
@@ -504,54 +498,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K18"/>
+  <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J18" sqref="J18"/>
+      <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="8" customWidth="true" style="0"/>
     <col min="11" max="11" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -590,404 +584,338 @@
       </c>
       <c r="F7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>1.0</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" s="6">
         <f>SUM(C8:J8)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>2.0</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="5">
         <v>3</v>
       </c>
       <c r="D9" s="5">
         <v>1</v>
       </c>
       <c r="E9" s="5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F9" s="5">
         <v>1</v>
       </c>
       <c r="G9" s="5">
         <v>4</v>
       </c>
       <c r="H9" s="5">
         <v>5</v>
       </c>
       <c r="I9" s="5">
         <v>1</v>
       </c>
       <c r="J9" s="6">
         <f>SUM(C9:J9)</f>
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>3.0</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="5">
         <v>2</v>
       </c>
-      <c r="D10" s="5">
-        <v>1</v>
+      <c r="D10">
+        <v>0</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" s="6">
         <f>SUM(C10:J10)</f>
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>4.0</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
-      <c r="E11">
-        <v>0</v>
+      <c r="E11" s="5">
+        <v>1</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" s="6">
         <f>SUM(C11:J11)</f>
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>5.0</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>8</v>
+      </c>
+      <c r="D12" s="5">
+        <v>4</v>
       </c>
       <c r="E12" s="5">
-        <v>1</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="F12" s="5">
+        <v>7</v>
+      </c>
+      <c r="G12" s="5">
+        <v>6</v>
+      </c>
+      <c r="H12" s="5">
+        <v>5</v>
+      </c>
+      <c r="I12" s="5">
+        <v>3</v>
       </c>
       <c r="J12" s="6">
         <f>SUM(C12:J12)</f>
-        <v>3</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>6.0</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="5">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D13" s="5">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>1</v>
+      </c>
+      <c r="E13">
+        <v>0</v>
       </c>
       <c r="F13" s="5">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13">
+        <v>0</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
       </c>
       <c r="J13" s="6">
         <f>SUM(C13:J13)</f>
-        <v>47</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>7.0</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="5">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1</v>
+      </c>
+      <c r="D14">
+        <v>0</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
-      <c r="F14" s="5">
-        <v>1</v>
+      <c r="F14">
+        <v>0</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" s="6">
         <f>SUM(C14:J14)</f>
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>8.0</v>
       </c>
       <c r="B15" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
-      <c r="E15">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="E15" s="5">
+        <v>1</v>
+      </c>
+      <c r="F15" s="5">
+        <v>1</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" s="6">
         <f>SUM(C15:J15)</f>
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:11">
-      <c r="A16">
-[...2 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C16" s="7">
+        <f>SUM(C8:C15)</f>
         <v>23</v>
       </c>
-      <c r="C16" s="5">
-[...80 lines deleted...]
-        <f>SUM(H8:H17)</f>
+      <c r="D16" s="7">
+        <f>SUM(D8:D15)</f>
+        <v>6</v>
+      </c>
+      <c r="E16" s="7">
+        <f>SUM(E8:E15)</f>
+        <v>15</v>
+      </c>
+      <c r="F16" s="7">
+        <f>SUM(F8:F15)</f>
         <v>10</v>
       </c>
-      <c r="I18" s="7">
-        <f>SUM(I8:I17)</f>
+      <c r="G16" s="7">
+        <f>SUM(G8:G15)</f>
+        <v>10</v>
+      </c>
+      <c r="H16" s="7">
+        <f>SUM(H8:H15)</f>
+        <v>10</v>
+      </c>
+      <c r="I16" s="7">
+        <f>SUM(I8:I15)</f>
         <v>4</v>
       </c>
-      <c r="J18" s="7">
-[...1 lines deleted...]
-        <v>90</v>
+      <c r="J16" s="7">
+        <f>SUM(J8:J15)</f>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.3" right="0.3" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 